--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="0088194B" w:rsidRDefault="002F1C6D">
+    <w:p w:rsidR="0088194B" w:rsidRDefault="00897AB8">
       <w:pPr>
         <w:spacing w:before="85"/>
         <w:ind w:left="59" w:right="90"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:36.75pt;margin-top:.55pt;width:48.9pt;height:15.6pt;z-index:15728640;mso-position-horizontal-relative:page" coordorigin="735,11" coordsize="978,312" path="m980,11r,78l1713,89r,156l980,245r,78l735,167,980,11xe" filled="f">
             <v:path arrowok="t"/>
             <w10:wrap anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:pict>
           <v:shape id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:502.5pt;margin-top:.55pt;width:49.5pt;height:15pt;z-index:15729152;mso-position-horizontal-relative:page" coordorigin="10050,11" coordsize="990,300" path="m10793,11r,75l10050,86r,150l10793,236r,75l11040,161,10793,11xe" filled="f">
             <v:path arrowok="t"/>
             <w10:wrap anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00FE10CF">
@@ -2654,65 +2654,86 @@
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0088194B" w:rsidRDefault="00FF3BBC" w:rsidP="00282B0A">
       <w:pPr>
         <w:spacing w:before="206"/>
         <w:ind w:left="100" w:right="124"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF3BBC">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Decreto flussi triennio 2023 – 2025</w:t>
-[...7 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Decreto flussi triennio 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00897AB8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FF3BBC">
-        <w:t>( da</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00897AB8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FF3BBC">
-        <w:t xml:space="preserve"> specificare la motivazione )</w:t>
+        <w:t>( da specificare la motivazione )</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF3BBC" w:rsidRPr="00FF3BBC" w:rsidRDefault="00FE10CF" w:rsidP="00282B0A">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="100" w:right="58"/>
       </w:pPr>
       <w:r>
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00FF3BBC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Nulla osta per ricongiungimento familiare </w:t>
       </w:r>
       <w:r w:rsidR="00282B0A" w:rsidRPr="00282B0A">
         <w:t xml:space="preserve">(Art. 29 c 3° </w:t>
       </w:r>
@@ -8291,52 +8312,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>aggiornamento</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA4431">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Ottobre</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00C438C4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00AA4431">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="006E3CC0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
@@ -8615,132 +8634,133 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="E6002058">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8569" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="204"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0088194B"/>
     <w:rsid w:val="000250B7"/>
     <w:rsid w:val="00103A0E"/>
     <w:rsid w:val="00113D5F"/>
     <w:rsid w:val="001C6F03"/>
     <w:rsid w:val="00242155"/>
     <w:rsid w:val="00282B0A"/>
     <w:rsid w:val="002A445C"/>
     <w:rsid w:val="002C0B42"/>
     <w:rsid w:val="002F1C6D"/>
     <w:rsid w:val="00391412"/>
     <w:rsid w:val="003D49F7"/>
     <w:rsid w:val="00475AF3"/>
     <w:rsid w:val="0047633A"/>
     <w:rsid w:val="004C10D5"/>
     <w:rsid w:val="00563C82"/>
     <w:rsid w:val="005A002F"/>
     <w:rsid w:val="005D2D29"/>
     <w:rsid w:val="0066178C"/>
     <w:rsid w:val="00665B48"/>
     <w:rsid w:val="006E0772"/>
     <w:rsid w:val="006E3CC0"/>
     <w:rsid w:val="007314FF"/>
     <w:rsid w:val="0080285D"/>
     <w:rsid w:val="00836E37"/>
     <w:rsid w:val="0088194B"/>
+    <w:rsid w:val="00897AB8"/>
     <w:rsid w:val="008C1939"/>
     <w:rsid w:val="009C74B4"/>
     <w:rsid w:val="00A93EF6"/>
     <w:rsid w:val="00AA4431"/>
     <w:rsid w:val="00B03F12"/>
     <w:rsid w:val="00BC0300"/>
     <w:rsid w:val="00C438C4"/>
     <w:rsid w:val="00CC4DAE"/>
     <w:rsid w:val="00D94325"/>
     <w:rsid w:val="00DB5C7C"/>
     <w:rsid w:val="00E06AB2"/>
     <w:rsid w:val="00E15472"/>
     <w:rsid w:val="00E93F96"/>
     <w:rsid w:val="00F60F5C"/>
     <w:rsid w:val="00F80344"/>
     <w:rsid w:val="00FE10CF"/>
     <w:rsid w:val="00FF3BBC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1028"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="55015371"/>
+  <w14:docId w14:val="335F4CD4"/>
   <w15:docId w15:val="{1FBA4ED6-42ED-43D8-8165-7D4C6EE0D27F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>